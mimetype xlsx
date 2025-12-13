--- v0 (2025-10-07)
+++ v1 (2025-12-13)
@@ -26,81 +26,81 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Özellik</t>
   </si>
   <si>
     <t>Açıklama</t>
   </si>
   <si>
     <t>OEM Kategori</t>
   </si>
   <si>
     <t>Kasa</t>
   </si>
   <si>
+    <t>3.5" Sürücü Yuvası</t>
+  </si>
+  <si>
+    <t>2 Adet</t>
+  </si>
+  <si>
+    <t>2.5" Sürücü Yuvası</t>
+  </si>
+  <si>
+    <t>Güç Kaynağı</t>
+  </si>
+  <si>
+    <t>Yok</t>
+  </si>
+  <si>
+    <t>Boyutlar</t>
+  </si>
+  <si>
+    <t>420 x 280 x 435 (mm)</t>
+  </si>
+  <si>
+    <t>Maks. Grafik Kartı Uzunluk</t>
+  </si>
+  <si>
+    <t>420 mm</t>
+  </si>
+  <si>
     <t>Kasa Yapısı</t>
   </si>
   <si>
-    <t>Mikro ATX, Mini ITX</t>
-[...26 lines deleted...]
-    <t>420 mm</t>
+    <t>ATX, Micro-ATX, Mini-ITX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -413,91 +413,91 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>13</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>