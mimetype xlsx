--- v0 (2025-12-13)
+++ v1 (2026-03-15)
@@ -44,99 +44,99 @@
   <si>
     <t>Kamera Kasa Tipi</t>
   </si>
   <si>
     <t>Dome</t>
   </si>
   <si>
     <t>Kamera Çözünürlük</t>
   </si>
   <si>
     <t>4MP</t>
   </si>
   <si>
     <t>Lens Özelliği</t>
   </si>
   <si>
     <t>2.8-12mm</t>
   </si>
   <si>
     <t>Optik Zoom</t>
   </si>
   <si>
     <t>4x</t>
   </si>
   <si>
+    <t>Gece Görüş Mesafesi</t>
+  </si>
+  <si>
+    <t>30m</t>
+  </si>
+  <si>
+    <t>Kamera SD Kart Desteği</t>
+  </si>
+  <si>
+    <t>Var</t>
+  </si>
+  <si>
+    <t>Alarm Desteği</t>
+  </si>
+  <si>
+    <t>24/7 Color</t>
+  </si>
+  <si>
+    <t>Yok</t>
+  </si>
+  <si>
+    <t>WDR</t>
+  </si>
+  <si>
+    <t>120dB</t>
+  </si>
+  <si>
+    <t>PoE Desteği</t>
+  </si>
+  <si>
+    <t>Var (Aktif PoE)</t>
+  </si>
+  <si>
+    <t>Koruma Direnci</t>
+  </si>
+  <si>
+    <t>IP67 + IK08</t>
+  </si>
+  <si>
+    <t>Lens Tipi</t>
+  </si>
+  <si>
+    <t>Motorize Lens</t>
+  </si>
+  <si>
     <t>Kamera Ses Desteği</t>
   </si>
   <si>
     <t>Dahili Mikrofon</t>
-  </si>
-[...43 lines deleted...]
-    <t>Motorize Lens</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -513,59 +513,59 @@
       <c r="B5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>19</v>
       </c>
       <c r="B11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
         <v>22</v>
       </c>