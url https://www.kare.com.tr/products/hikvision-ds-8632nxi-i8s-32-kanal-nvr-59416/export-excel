--- v0 (2025-10-07)
+++ v1 (2026-03-15)
@@ -47,51 +47,51 @@
   <si>
     <t>32 Kanal</t>
   </si>
   <si>
     <t>PoE Desteği</t>
   </si>
   <si>
     <t>Yok</t>
   </si>
   <si>
     <t>Maksimum Bant Genişliği</t>
   </si>
   <si>
     <t>256 Mbps</t>
   </si>
   <si>
     <t>Kamera Disk Yuvası</t>
   </si>
   <si>
     <t>8 HDD</t>
   </si>
   <si>
     <t>Disk Başına Maks. Kapasite</t>
   </si>
   <si>
-    <t>14 TB</t>
+    <t>16 TB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>